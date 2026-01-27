--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -4,67 +4,67 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11003"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/geschaeftsstelle/Documents/Handball-Verband M-V/Nachwuchsleistungssport/Kaderlisten/HVMV/2025-2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ED2FAFB9-EF55-D947-8B0D-7C22BA25DAB7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6C4C2BAE-9486-2042-AE41-888A96743256}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="500" windowWidth="28000" windowHeight="15740" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Kaderliste_25-26_Gesamt" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Kaderliste_25-26_Gesamt'!$A$1:$F$194</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Kaderliste_25-26_Gesamt'!$A$1:$F$193</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Kaderliste_25-26_Gesamt'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1164" uniqueCount="361">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1158" uniqueCount="361">
   <si>
     <t>Nachname</t>
   </si>
   <si>
     <t>Vorname</t>
   </si>
   <si>
     <t>LizenzVereinName</t>
   </si>
   <si>
     <t>Kaderliste 2010 männlich</t>
   </si>
   <si>
     <t>LA 10m</t>
   </si>
   <si>
     <t>Niendorf</t>
   </si>
   <si>
     <t>Oliver Rolf</t>
   </si>
   <si>
     <t>m</t>
   </si>
   <si>
@@ -1039,114 +1039,114 @@
   <si>
     <t>Schalk</t>
   </si>
   <si>
     <t>Svea</t>
   </si>
   <si>
     <t>Philipp</t>
   </si>
   <si>
     <t>Helena</t>
   </si>
   <si>
     <t>SV Fortuna 50 Neubrandenburg</t>
   </si>
   <si>
     <t>Melz</t>
   </si>
   <si>
     <t>Helene</t>
   </si>
   <si>
     <t>Ahrens</t>
   </si>
   <si>
-    <t>Rieke</t>
-[...1 lines deleted...]
-  <si>
     <t>Labs</t>
   </si>
   <si>
     <t>Kaja Philina</t>
   </si>
   <si>
     <t>Kaden</t>
   </si>
   <si>
     <t>Lia</t>
   </si>
   <si>
-    <t>Mießner</t>
-[...1 lines deleted...]
-  <si>
     <t>Unger</t>
   </si>
   <si>
     <t>Elisa</t>
   </si>
   <si>
     <t>Lojewski</t>
   </si>
   <si>
     <t>Jette</t>
   </si>
   <si>
     <t>Behrens</t>
   </si>
   <si>
     <t>Sally</t>
   </si>
   <si>
     <t>Wegener</t>
   </si>
   <si>
     <t>Nele</t>
   </si>
   <si>
     <t>Ambrosi</t>
   </si>
   <si>
     <t>Amelie</t>
   </si>
   <si>
     <t>Dominik</t>
   </si>
   <si>
     <t>Ronja</t>
   </si>
   <si>
     <t>Rabenhorst</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Spielerkader</t>
   </si>
   <si>
     <t>w/m</t>
+  </si>
+  <si>
+    <t>Merle</t>
+  </si>
+  <si>
+    <t>SSV Einheit Teterow</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Helvetica Neue"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Helvetica Neue"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Helvetica Neue"/>
       <family val="2"/>
     </font>
@@ -2445,83 +2445,83 @@
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl9pPr>
       </a:lstStyle>
       <a:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="none"/>
       </a:style>
     </a:txDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{505233A3-BF4F-B64D-9F34-833DDCB661A6}">
-  <dimension ref="A1:F194"/>
+  <dimension ref="A1:F193"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A58" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="J78" sqref="J78"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="F177" sqref="F177"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.33203125" defaultRowHeight="20" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="32.33203125" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="11.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="19.6640625" style="1" customWidth="1"/>
     <col min="5" max="5" width="4.6640625" style="12" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="34.6640625" style="1" customWidth="1"/>
     <col min="7" max="7" width="8.33203125" style="1" customWidth="1"/>
     <col min="8" max="16384" width="8.33203125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A1" s="2" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="9" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:6" ht="20.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>54</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>55</v>
       </c>
       <c r="E2" s="10" t="s">
         <v>7</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>56</v>
       </c>
     </row>
@@ -3011,74 +3011,74 @@
       </c>
       <c r="B27" s="7" t="s">
         <v>187</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>327</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>328</v>
       </c>
       <c r="E27" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F27" s="13" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="28" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A28" s="6" t="s">
         <v>186</v>
       </c>
       <c r="B28" s="7" t="s">
         <v>187</v>
       </c>
       <c r="C28" s="8" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="E28" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F28" s="8" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="29" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A29" s="6" t="s">
         <v>186</v>
       </c>
       <c r="B29" s="7" t="s">
         <v>187</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="E29" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F29" s="13" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="30" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A30" s="6" t="s">
         <v>186</v>
       </c>
       <c r="B30" s="7" t="s">
         <v>187</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>240</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>241</v>
       </c>
       <c r="E30" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F30" s="8" t="s">
@@ -3211,74 +3211,74 @@
       </c>
       <c r="B37" s="7" t="s">
         <v>187</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>191</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>192</v>
       </c>
       <c r="E37" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F37" s="8" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="38" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A38" s="6" t="s">
         <v>186</v>
       </c>
       <c r="B38" s="7" t="s">
         <v>187</v>
       </c>
       <c r="C38" s="8" t="s">
+        <v>339</v>
+      </c>
+      <c r="D38" s="8" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
       <c r="E38" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F38" s="8" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="39" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A39" s="6" t="s">
         <v>186</v>
       </c>
       <c r="B39" s="7" t="s">
         <v>187</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="E39" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F39" s="8" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="40" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A40" s="6" t="s">
         <v>186</v>
       </c>
       <c r="B40" s="7" t="s">
         <v>187</v>
       </c>
       <c r="C40" s="8" t="s">
         <v>274</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>275</v>
       </c>
       <c r="E40" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F40" s="8" t="s">
@@ -3431,54 +3431,54 @@
       </c>
       <c r="B48" s="7" t="s">
         <v>187</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>268</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>269</v>
       </c>
       <c r="E48" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F48" s="8" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="49" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A49" s="6" t="s">
         <v>186</v>
       </c>
       <c r="B49" s="7" t="s">
         <v>187</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="E49" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F49" s="8" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="50" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A50" s="6" t="s">
         <v>186</v>
       </c>
       <c r="B50" s="7" t="s">
         <v>187</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>288</v>
       </c>
       <c r="D50" s="8" t="s">
         <v>289</v>
       </c>
       <c r="E50" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F50" s="8" t="s">
@@ -4480,62 +4480,62 @@
       </c>
       <c r="E100" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F100" s="13" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="101" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A101" s="6" t="s">
         <v>205</v>
       </c>
       <c r="B101" s="7" t="s">
         <v>206</v>
       </c>
       <c r="C101" s="8" t="s">
         <v>281</v>
       </c>
       <c r="D101" s="8" t="s">
         <v>255</v>
       </c>
       <c r="E101" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F101" s="13" t="s">
-        <v>335</v>
+        <v>8</v>
       </c>
     </row>
     <row r="102" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A102" s="6" t="s">
         <v>205</v>
       </c>
       <c r="B102" s="7" t="s">
         <v>206</v>
       </c>
       <c r="C102" s="8" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="D102" s="8" t="s">
         <v>263</v>
       </c>
       <c r="E102" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F102" s="13" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="103" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A103" s="6" t="s">
         <v>205</v>
       </c>
       <c r="B103" s="7" t="s">
         <v>206</v>
       </c>
       <c r="C103" s="8" t="s">
         <v>112</v>
       </c>
       <c r="D103" s="8" t="s">
         <v>200</v>
       </c>
       <c r="E103" s="11" t="s">
@@ -4580,65 +4580,65 @@
       </c>
       <c r="E105" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F105" s="13" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="106" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A106" s="6" t="s">
         <v>205</v>
       </c>
       <c r="B106" s="7" t="s">
         <v>206</v>
       </c>
       <c r="C106" s="8" t="s">
         <v>314</v>
       </c>
       <c r="D106" s="8" t="s">
         <v>315</v>
       </c>
       <c r="E106" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F106" s="13" t="s">
-        <v>335</v>
+        <v>8</v>
       </c>
     </row>
     <row r="107" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A107" s="6" t="s">
         <v>205</v>
       </c>
       <c r="B107" s="7" t="s">
         <v>206</v>
       </c>
       <c r="C107" s="8" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="D107" s="8" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="E107" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F107" s="13" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="108" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A108" s="6" t="s">
         <v>34</v>
       </c>
       <c r="B108" s="7" t="s">
         <v>35</v>
       </c>
       <c r="C108" s="8" t="s">
         <v>135</v>
       </c>
       <c r="D108" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E108" s="11" t="s">
         <v>7</v>
       </c>
       <c r="F108" s="8" t="s">
@@ -5079,52 +5079,52 @@
         <v>242</v>
       </c>
       <c r="E130" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F130" s="13" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="131" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A131" s="6" t="s">
         <v>198</v>
       </c>
       <c r="B131" s="7" t="s">
         <v>199</v>
       </c>
       <c r="C131" s="8" t="s">
         <v>217</v>
       </c>
       <c r="D131" s="8" t="s">
         <v>218</v>
       </c>
       <c r="E131" s="11" t="s">
         <v>190</v>
       </c>
-      <c r="F131" s="8" t="s">
-        <v>8</v>
+      <c r="F131" s="13" t="s">
+        <v>228</v>
       </c>
     </row>
     <row r="132" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A132" s="6" t="s">
         <v>27</v>
       </c>
       <c r="B132" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C132" s="8" t="s">
         <v>127</v>
       </c>
       <c r="D132" s="8" t="s">
         <v>128</v>
       </c>
       <c r="E132" s="11" t="s">
         <v>7</v>
       </c>
       <c r="F132" s="8" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="133" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A133" s="6" t="s">
         <v>27</v>
@@ -5219,52 +5219,52 @@
         <v>171</v>
       </c>
       <c r="E137" s="11" t="s">
         <v>7</v>
       </c>
       <c r="F137" s="8" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="138" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A138" s="6" t="s">
         <v>27</v>
       </c>
       <c r="B138" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C138" s="8" t="s">
         <v>100</v>
       </c>
       <c r="D138" s="8" t="s">
         <v>101</v>
       </c>
       <c r="E138" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="F138" s="8" t="s">
-        <v>26</v>
+      <c r="F138" s="13" t="s">
+        <v>8</v>
       </c>
     </row>
     <row r="139" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A139" s="6" t="s">
         <v>27</v>
       </c>
       <c r="B139" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C139" s="8" t="s">
         <v>118</v>
       </c>
       <c r="D139" s="8" t="s">
         <v>119</v>
       </c>
       <c r="E139" s="11" t="s">
         <v>7</v>
       </c>
       <c r="F139" s="8" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="140" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A140" s="6" t="s">
         <v>27</v>
@@ -5631,60 +5631,60 @@
       </c>
       <c r="B158" s="7" t="s">
         <v>195</v>
       </c>
       <c r="C158" s="8" t="s">
         <v>325</v>
       </c>
       <c r="D158" s="8" t="s">
         <v>326</v>
       </c>
       <c r="E158" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F158" s="13" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="159" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A159" s="6" t="s">
         <v>194</v>
       </c>
       <c r="B159" s="7" t="s">
         <v>195</v>
       </c>
       <c r="C159" s="8" t="s">
+        <v>341</v>
+      </c>
+      <c r="D159" s="8" t="s">
         <v>342</v>
       </c>
-      <c r="D159" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E159" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F159" s="13" t="s">
-        <v>213</v>
+        <v>237</v>
       </c>
     </row>
     <row r="160" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A160" s="6" t="s">
         <v>194</v>
       </c>
       <c r="B160" s="7" t="s">
         <v>195</v>
       </c>
       <c r="C160" s="8" t="s">
         <v>219</v>
       </c>
       <c r="D160" s="8" t="s">
         <v>220</v>
       </c>
       <c r="E160" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F160" s="8" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="161" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A161" s="6" t="s">
         <v>194</v>
@@ -5700,51 +5700,51 @@
       </c>
       <c r="E161" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F161" s="8" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="162" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A162" s="6" t="s">
         <v>194</v>
       </c>
       <c r="B162" s="7" t="s">
         <v>195</v>
       </c>
       <c r="C162" s="8" t="s">
         <v>296</v>
       </c>
       <c r="D162" s="8" t="s">
         <v>297</v>
       </c>
       <c r="E162" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F162" s="13" t="s">
-        <v>237</v>
+        <v>213</v>
       </c>
     </row>
     <row r="163" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A163" s="6" t="s">
         <v>194</v>
       </c>
       <c r="B163" s="7" t="s">
         <v>195</v>
       </c>
       <c r="C163" s="8" t="s">
         <v>100</v>
       </c>
       <c r="D163" s="8" t="s">
         <v>267</v>
       </c>
       <c r="E163" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F163" s="13" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="164" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A164" s="6" t="s">
         <v>194</v>
@@ -5791,604 +5791,584 @@
       </c>
       <c r="B166" s="7" t="s">
         <v>195</v>
       </c>
       <c r="C166" s="8" t="s">
         <v>247</v>
       </c>
       <c r="D166" s="8" t="s">
         <v>248</v>
       </c>
       <c r="E166" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F166" s="8" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="167" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A167" s="6" t="s">
         <v>194</v>
       </c>
       <c r="B167" s="7" t="s">
         <v>195</v>
       </c>
       <c r="C167" s="8" t="s">
-        <v>344</v>
+        <v>303</v>
       </c>
       <c r="D167" s="8" t="s">
-        <v>326</v>
+        <v>304</v>
       </c>
       <c r="E167" s="11" t="s">
         <v>190</v>
       </c>
-      <c r="F167" s="13" t="s">
-        <v>300</v>
+      <c r="F167" s="8" t="s">
+        <v>8</v>
       </c>
     </row>
     <row r="168" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A168" s="6" t="s">
         <v>194</v>
       </c>
       <c r="B168" s="7" t="s">
         <v>195</v>
       </c>
       <c r="C168" s="8" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
       <c r="D168" s="8" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="E168" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F168" s="8" t="s">
-        <v>8</v>
+        <v>300</v>
       </c>
     </row>
     <row r="169" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A169" s="6" t="s">
         <v>194</v>
       </c>
       <c r="B169" s="7" t="s">
         <v>195</v>
       </c>
       <c r="C169" s="8" t="s">
-        <v>298</v>
+        <v>270</v>
       </c>
       <c r="D169" s="8" t="s">
-        <v>299</v>
+        <v>271</v>
       </c>
       <c r="E169" s="11" t="s">
         <v>190</v>
       </c>
-      <c r="F169" s="8" t="s">
-        <v>300</v>
+      <c r="F169" s="13" t="s">
+        <v>193</v>
       </c>
     </row>
     <row r="170" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A170" s="6" t="s">
         <v>194</v>
       </c>
       <c r="B170" s="7" t="s">
         <v>195</v>
       </c>
       <c r="C170" s="8" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="D170" s="8" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="E170" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F170" s="13" t="s">
-        <v>193</v>
+        <v>237</v>
       </c>
     </row>
     <row r="171" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A171" s="6" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="B171" s="7" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="C171" s="8" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-        <v>265</v>
+        <v>338</v>
+      </c>
+      <c r="D171" s="13" t="s">
+        <v>359</v>
       </c>
       <c r="E171" s="11" t="s">
         <v>190</v>
       </c>
-      <c r="F171" s="13" t="s">
-        <v>237</v>
+      <c r="F171" s="8" t="s">
+        <v>193</v>
       </c>
     </row>
     <row r="172" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A172" s="6" t="s">
         <v>202</v>
       </c>
       <c r="B172" s="7" t="s">
         <v>203</v>
       </c>
       <c r="C172" s="8" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="D172" s="8" t="s">
-        <v>339</v>
+        <v>352</v>
       </c>
       <c r="E172" s="11" t="s">
         <v>190</v>
       </c>
-      <c r="F172" s="8" t="s">
-        <v>193</v>
+      <c r="F172" s="13" t="s">
+        <v>8</v>
       </c>
     </row>
     <row r="173" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A173" s="6" t="s">
         <v>202</v>
       </c>
       <c r="B173" s="7" t="s">
         <v>203</v>
       </c>
       <c r="C173" s="8" t="s">
-        <v>353</v>
+        <v>272</v>
       </c>
       <c r="D173" s="8" t="s">
-        <v>354</v>
+        <v>273</v>
       </c>
       <c r="E173" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F173" s="13" t="s">
-        <v>8</v>
+        <v>237</v>
       </c>
     </row>
     <row r="174" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A174" s="6" t="s">
         <v>202</v>
       </c>
       <c r="B174" s="7" t="s">
         <v>203</v>
       </c>
       <c r="C174" s="8" t="s">
-        <v>272</v>
+        <v>211</v>
       </c>
       <c r="D174" s="8" t="s">
-        <v>273</v>
+        <v>212</v>
       </c>
       <c r="E174" s="11" t="s">
         <v>190</v>
       </c>
-      <c r="F174" s="13" t="s">
-        <v>237</v>
+      <c r="F174" s="8" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="175" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A175" s="6" t="s">
         <v>202</v>
       </c>
       <c r="B175" s="7" t="s">
         <v>203</v>
       </c>
       <c r="C175" s="8" t="s">
-        <v>211</v>
+        <v>256</v>
       </c>
       <c r="D175" s="8" t="s">
-        <v>212</v>
+        <v>257</v>
       </c>
       <c r="E175" s="11" t="s">
         <v>190</v>
       </c>
-      <c r="F175" s="8" t="s">
-        <v>213</v>
+      <c r="F175" s="13" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="176" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A176" s="6" t="s">
         <v>202</v>
       </c>
       <c r="B176" s="7" t="s">
         <v>203</v>
       </c>
       <c r="C176" s="8" t="s">
-        <v>256</v>
+        <v>231</v>
       </c>
       <c r="D176" s="8" t="s">
-        <v>257</v>
+        <v>232</v>
       </c>
       <c r="E176" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F176" s="13" t="s">
-        <v>216</v>
+        <v>360</v>
       </c>
     </row>
     <row r="177" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A177" s="6" t="s">
         <v>202</v>
       </c>
       <c r="B177" s="7" t="s">
         <v>203</v>
       </c>
       <c r="C177" s="8" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D177" s="8" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="E177" s="11" t="s">
         <v>190</v>
       </c>
-      <c r="F177" s="8" t="s">
+      <c r="F177" s="13" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="178" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A178" s="6" t="s">
         <v>202</v>
       </c>
       <c r="B178" s="7" t="s">
         <v>203</v>
       </c>
       <c r="C178" s="8" t="s">
-        <v>233</v>
+        <v>305</v>
       </c>
       <c r="D178" s="8" t="s">
-        <v>234</v>
+        <v>263</v>
       </c>
       <c r="E178" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F178" s="13" t="s">
-        <v>193</v>
+        <v>8</v>
       </c>
     </row>
     <row r="179" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A179" s="6" t="s">
         <v>202</v>
       </c>
       <c r="B179" s="7" t="s">
         <v>203</v>
       </c>
       <c r="C179" s="8" t="s">
-        <v>305</v>
+        <v>224</v>
       </c>
       <c r="D179" s="8" t="s">
-        <v>263</v>
+        <v>225</v>
       </c>
       <c r="E179" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F179" s="13" t="s">
-        <v>8</v>
+        <v>335</v>
       </c>
     </row>
     <row r="180" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A180" s="6" t="s">
         <v>202</v>
       </c>
       <c r="B180" s="7" t="s">
         <v>203</v>
       </c>
       <c r="C180" s="8" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="D180" s="8" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="E180" s="11" t="s">
         <v>190</v>
       </c>
-      <c r="F180" s="13" t="s">
-        <v>335</v>
+      <c r="F180" s="8" t="s">
+        <v>221</v>
       </c>
     </row>
     <row r="181" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A181" s="6" t="s">
         <v>202</v>
       </c>
       <c r="B181" s="7" t="s">
         <v>203</v>
       </c>
       <c r="C181" s="8" t="s">
-        <v>219</v>
+        <v>100</v>
       </c>
       <c r="D181" s="8" t="s">
-        <v>220</v>
+        <v>204</v>
       </c>
       <c r="E181" s="11" t="s">
         <v>190</v>
       </c>
-      <c r="F181" s="8" t="s">
-        <v>221</v>
+      <c r="F181" s="13" t="s">
+        <v>237</v>
       </c>
     </row>
     <row r="182" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A182" s="6" t="s">
         <v>202</v>
       </c>
       <c r="B182" s="7" t="s">
         <v>203</v>
       </c>
       <c r="C182" s="8" t="s">
         <v>100</v>
       </c>
       <c r="D182" s="8" t="s">
-        <v>204</v>
+        <v>267</v>
       </c>
       <c r="E182" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F182" s="13" t="s">
-        <v>237</v>
+        <v>193</v>
       </c>
     </row>
     <row r="183" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A183" s="6" t="s">
         <v>202</v>
       </c>
       <c r="B183" s="7" t="s">
         <v>203</v>
       </c>
       <c r="C183" s="8" t="s">
-        <v>100</v>
+        <v>306</v>
       </c>
       <c r="D183" s="8" t="s">
-        <v>267</v>
+        <v>307</v>
       </c>
       <c r="E183" s="11" t="s">
         <v>190</v>
       </c>
-      <c r="F183" s="13" t="s">
-        <v>193</v>
+      <c r="F183" s="8" t="s">
+        <v>237</v>
       </c>
     </row>
     <row r="184" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A184" s="6" t="s">
         <v>202</v>
       </c>
       <c r="B184" s="7" t="s">
         <v>203</v>
       </c>
       <c r="C184" s="8" t="s">
-        <v>306</v>
+        <v>336</v>
       </c>
       <c r="D184" s="8" t="s">
-        <v>307</v>
+        <v>337</v>
       </c>
       <c r="E184" s="11" t="s">
         <v>190</v>
       </c>
-      <c r="F184" s="8" t="s">
-        <v>237</v>
+      <c r="F184" s="13" t="s">
+        <v>335</v>
       </c>
     </row>
     <row r="185" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A185" s="6" t="s">
         <v>202</v>
       </c>
       <c r="B185" s="7" t="s">
         <v>203</v>
       </c>
       <c r="C185" s="8" t="s">
-        <v>336</v>
+        <v>254</v>
       </c>
       <c r="D185" s="8" t="s">
-        <v>337</v>
+        <v>255</v>
       </c>
       <c r="E185" s="11" t="s">
         <v>190</v>
       </c>
-      <c r="F185" s="13" t="s">
-        <v>335</v>
+      <c r="F185" s="8" t="s">
+        <v>253</v>
       </c>
     </row>
     <row r="186" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A186" s="6" t="s">
         <v>202</v>
       </c>
       <c r="B186" s="7" t="s">
         <v>203</v>
       </c>
       <c r="C186" s="8" t="s">
         <v>254</v>
       </c>
       <c r="D186" s="8" t="s">
-        <v>255</v>
+        <v>308</v>
       </c>
       <c r="E186" s="11" t="s">
         <v>190</v>
       </c>
-      <c r="F186" s="8" t="s">
-        <v>253</v>
+      <c r="F186" s="13" t="s">
+        <v>237</v>
       </c>
     </row>
     <row r="187" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A187" s="6" t="s">
         <v>202</v>
       </c>
       <c r="B187" s="7" t="s">
         <v>203</v>
       </c>
       <c r="C187" s="8" t="s">
-        <v>254</v>
+        <v>5</v>
       </c>
       <c r="D187" s="8" t="s">
-        <v>308</v>
+        <v>290</v>
       </c>
       <c r="E187" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F187" s="13" t="s">
-        <v>237</v>
+        <v>193</v>
       </c>
     </row>
     <row r="188" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A188" s="6" t="s">
         <v>202</v>
       </c>
       <c r="B188" s="7" t="s">
         <v>203</v>
       </c>
       <c r="C188" s="8" t="s">
-        <v>5</v>
+        <v>282</v>
       </c>
       <c r="D188" s="8" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="E188" s="11" t="s">
         <v>190</v>
       </c>
-      <c r="F188" s="13" t="s">
-        <v>193</v>
+      <c r="F188" s="8" t="s">
+        <v>237</v>
       </c>
     </row>
     <row r="189" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A189" s="6" t="s">
         <v>202</v>
       </c>
       <c r="B189" s="7" t="s">
         <v>203</v>
       </c>
       <c r="C189" s="8" t="s">
-        <v>282</v>
+        <v>251</v>
       </c>
       <c r="D189" s="8" t="s">
-        <v>283</v>
+        <v>252</v>
       </c>
       <c r="E189" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F189" s="8" t="s">
-        <v>237</v>
+        <v>253</v>
       </c>
     </row>
     <row r="190" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A190" s="6" t="s">
         <v>202</v>
       </c>
       <c r="B190" s="7" t="s">
         <v>203</v>
       </c>
       <c r="C190" s="8" t="s">
-        <v>251</v>
+        <v>309</v>
       </c>
       <c r="D190" s="8" t="s">
-        <v>252</v>
+        <v>310</v>
       </c>
       <c r="E190" s="11" t="s">
         <v>190</v>
       </c>
-      <c r="F190" s="8" t="s">
-        <v>253</v>
+      <c r="F190" s="13" t="s">
+        <v>237</v>
       </c>
     </row>
     <row r="191" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A191" s="6" t="s">
         <v>202</v>
       </c>
       <c r="B191" s="7" t="s">
         <v>203</v>
       </c>
       <c r="C191" s="8" t="s">
-        <v>309</v>
+        <v>320</v>
       </c>
       <c r="D191" s="8" t="s">
-        <v>310</v>
+        <v>255</v>
       </c>
       <c r="E191" s="11" t="s">
         <v>190</v>
       </c>
-      <c r="F191" s="13" t="s">
-        <v>237</v>
+      <c r="F191" s="8" t="s">
+        <v>321</v>
       </c>
     </row>
     <row r="192" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A192" s="6" t="s">
         <v>202</v>
       </c>
       <c r="B192" s="7" t="s">
         <v>203</v>
       </c>
       <c r="C192" s="8" t="s">
-        <v>320</v>
+        <v>278</v>
       </c>
       <c r="D192" s="8" t="s">
-        <v>255</v>
+        <v>279</v>
       </c>
       <c r="E192" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F192" s="8" t="s">
-        <v>321</v>
+        <v>280</v>
       </c>
     </row>
     <row r="193" spans="1:6" ht="20" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A193" s="6" t="s">
         <v>202</v>
       </c>
       <c r="B193" s="7" t="s">
         <v>203</v>
       </c>
       <c r="C193" s="8" t="s">
-        <v>278</v>
+        <v>214</v>
       </c>
       <c r="D193" s="8" t="s">
-        <v>279</v>
+        <v>215</v>
       </c>
       <c r="E193" s="11" t="s">
         <v>190</v>
       </c>
       <c r="F193" s="8" t="s">
-        <v>280</v>
-[...18 lines deleted...]
-      <c r="F194" s="8" t="s">
         <v>216</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:F194" xr:uid="{505233A3-BF4F-B64D-9F34-833DDCB661A6}"/>
+  <autoFilter ref="A1:F193" xr:uid="{505233A3-BF4F-B64D-9F34-833DDCB661A6}"/>
   <pageMargins left="1" right="1" top="1" bottom="1" header="0.25" footer="0.25"/>
   <pageSetup scale="91" orientation="landscape"/>
   <headerFooter>
     <oddHeader>&amp;LHandballverband 
 Mecklenburg/Vorpommern e.V.&amp;CKaderliste 2025-2026&amp;RGültigkeit: 01.08.2025 bis 31.07.2026</oddHeader>
     <oddFooter>&amp;C&amp;"Helvetica Neue,Regular"&amp;12&amp;K000000&amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>